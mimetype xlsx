--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -87,51 +87,51 @@
   <si>
     <t>Projeto de Resolução nº 12 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a definição de serviços e fornecimentos contínuos no âmbito da Câmara Municipal de Porto Murtinho (MS) e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 13 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Contratações Anual no âmbito da Câmara Municipal de Porto Murtinho (MS) para o exercício de 2026 e seguintes.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 14 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos administrativos para a realização de pesquisa de preços para a aquisição de bens e para contratação de serviços, no âmbito da Câmara Municipal de Porto Murtinho (MS), e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo nº 21 de 2025</t>
   </si>
   <si>
     <t>Ana Paula Bittencourt</t>
   </si>
   <si>
-    <t>Institui o prêmio "Eduacação de Excelência" no âmbito do Município de Porto Murtinho, destinado a reconhecer e premiar os alunos da rede pública municipal ( urbana, rural e povos origiários) e estadual de ensino que se destacarem em suas atividades, e dá outras providências.</t>
+    <t>Institui o prêmio "Educação de Excelência" no âmbito do Município de Porto Murtinho, destinado a reconhecer e premiar os alunos da rede pública municipal ( urbana, rural e povos origiários) e estadual de ensino que se destacarem em suas atividades, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei aprovado em primeira votação.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo nº 22 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de depósito de cópia de Pesquisas realizadas no território do Município de Porto Murtinho, MS ( urbana, rural povos originários) junto à secretaria Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei aprovado em segunda votação.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo nº 31 de 2025</t>
   </si>
   <si>
     <t>Professor Alessandro</t>
   </si>
   <si>
     <t>Dispõe sobre a preservação,manejo, poda e supressão de árvores no Município de Porto Murtinho/MS, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo nº 32 de 2025</t>
   </si>